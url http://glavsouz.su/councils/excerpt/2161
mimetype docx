--- v0 (2025-10-30)
+++ v1 (2026-01-26)
@@ -324,51 +324,51 @@
         </w:rPr>
         <w:t>присутствуют</w:t>
       </w:r>
       <w:r w:rsidR="00D51E53" w:rsidRPr="00496A50">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00496A50">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r w:rsidR="00496A50" w:rsidRPr="00496A50">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>5 (Пять)</w:t>
+        <w:t>6 (Шесть)</w:t>
       </w:r>
       <w:r w:rsidR="00496A50">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C7F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>из</w:t>
       </w:r>
       <w:r w:rsidRPr="00496A50">